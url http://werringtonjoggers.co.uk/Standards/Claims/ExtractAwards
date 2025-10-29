--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ec4a9a13d9c4764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e59ceb93b96c42759d5b15fbebdfd07a.psmdcp" Id="R94b5534868c448a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc379ae5327d64d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/930b9d3e126d4f85955b57bd796707d7.psmdcp" Id="R21827909a44c4dbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="PendingAwards" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Athlete Name</x:t>
   </x:si>
   <x:si>
     <x:t>Award Type</x:t>
   </x:si>
   <x:si>