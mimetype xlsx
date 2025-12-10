--- v1 (2025-10-29)
+++ v2 (2025-12-10)
@@ -1,66 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc379ae5327d64d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/930b9d3e126d4f85955b57bd796707d7.psmdcp" Id="R21827909a44c4dbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97e5b10f244b4473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ffbdcbcb1c2c4ea1aecfaaec4d6de37d.psmdcp" Id="R4c59411ad2b746ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="PendingAwards" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Athlete Name</x:t>
   </x:si>
   <x:si>
     <x:t>Award Type</x:t>
   </x:si>
   <x:si>
     <x:t>Inscription</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Henry Jarvis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diamond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HENRY JARVIS
+Club Standard
+Diamond
+Senior Men</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jonathan Parrish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JONATHAN PARRISH
+Club Standard
+Diamond
+Senior Men</x:t>
   </x:si>
   <x:si>
     <x:t>Emily Cashin</x:t>
   </x:si>
   <x:si>
     <x:t>Challenge</x:t>
   </x:si>
   <x:si>
     <x:t>EMILY CASHIN
 Club Standard
 Challenge
 Senior Ladies</x:t>
   </x:si>
   <x:si>
     <x:t>Samantha Reeve</x:t>
   </x:si>
   <x:si>
     <x:t>Silver</x:t>
   </x:si>
   <x:si>
     <x:t>SAMANTHA REEVE
 Club Standard
 Silver
 LV35</x:t>
   </x:si>
@@ -73,117 +94,171 @@
   <x:si>
     <x:t>ANGIE COX
 Club Standard
 Gold
 LV45</x:t>
   </x:si>
   <x:si>
     <x:t>Clarie Swindale</x:t>
   </x:si>
   <x:si>
     <x:t>CLARIE SWINDALE
 Club Standard
 Challenge
 LV45</x:t>
   </x:si>
   <x:si>
     <x:t>Robin Barnatt</x:t>
   </x:si>
   <x:si>
     <x:t>ROBIN BARNATT
 Club Standard
 Gold
 MV50</x:t>
   </x:si>
   <x:si>
+    <x:t>Phillips, Chris</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> CHRIS PHILLIPS
+Club Standard
+Gold
+MV50</x:t>
+  </x:si>
+  <x:si>
     <x:t>Stevens, Martin</x:t>
   </x:si>
   <x:si>
     <x:t>Platinum</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> MARTIN STEVENS
 Club Standard
 Platinum
 MV50</x:t>
   </x:si>
   <x:si>
     <x:t>Hamlyn, Phillip</x:t>
   </x:si>
   <x:si>
-    <x:t>Diamond</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve"> PHILLIP HAMLYN
 Club Standard
 Diamond
 MV55</x:t>
   </x:si>
   <x:si>
     <x:t>Emma Wiles</x:t>
   </x:si>
   <x:si>
     <x:t>EMMA WILES
 Club Standard
 Silver
 LV50</x:t>
   </x:si>
   <x:si>
     <x:t>Richard Gamman</x:t>
   </x:si>
   <x:si>
     <x:t>RICHARD GAMMAN
 Club Standard
 Platinum
 MV55</x:t>
   </x:si>
   <x:si>
+    <x:t>Leon Benoiton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bronze</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEON BENOITON
+Club Standard
+Bronze
+MV55</x:t>
+  </x:si>
+  <x:si>
     <x:t>Samantha Pitchford</x:t>
   </x:si>
   <x:si>
     <x:t>SAMANTHA PITCHFORD
 Club Standard
 Silver
 LV55</x:t>
   </x:si>
   <x:si>
     <x:t>Super Six</x:t>
   </x:si>
   <x:si>
     <x:t>SAMANTHA PITCHFORD
 Club Standard
 Super Six
 LV55</x:t>
   </x:si>
   <x:si>
+    <x:t>Sally Cooper</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALLY COOPER
+Club Standard
+Diamond
+LV55</x:t>
+  </x:si>
+  <x:si>
     <x:t>Barnatt, Angela</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> ANGELA BARNATT
 Club Standard
 Silver
 LV55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hamlyn, Ros</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> ROS HAMLYN
+Club Standard
+Diamond
+LV55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cook, Tim</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> TIM COOK
+Club Standard
+Challenge
+MV65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caroline Sefton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAROLINE SEFTON
+Club Standard
+Gold
+LV60</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -500,198 +575,286 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C13"/>
+  <x:dimension ref="A1:C21"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="80.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C2" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C3" s="1" t="s">
         <x:v>7</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="B4" s="0" t="s">
+      <x:c r="C4" s="1" t="s">
         <x:v>10</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
         <x:v>12</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>20</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
         <x:v>24</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
+      <x:c r="A12" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:3">
+      <x:c r="B16" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:3">
+      <x:c r="A17" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:3">
+      <x:c r="A18" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:3">
+      <x:c r="A19" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:3">
+      <x:c r="A20" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:3">
+      <x:c r="A21" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>