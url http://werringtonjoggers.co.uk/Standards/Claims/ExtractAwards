--- v2 (2025-12-10)
+++ v3 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97e5b10f244b4473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ffbdcbcb1c2c4ea1aecfaaec4d6de37d.psmdcp" Id="R4c59411ad2b746ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra60dbc4591e44993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50e5a0023731411f94750d5cf3fe18bf.psmdcp" Id="Ra82b06b4397242d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="PendingAwards" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Athlete Name</x:t>
   </x:si>
   <x:si>
     <x:t>Award Type</x:t>
   </x:si>
   <x:si>