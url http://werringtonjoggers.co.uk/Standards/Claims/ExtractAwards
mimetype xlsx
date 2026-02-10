--- v3 (2026-01-21)
+++ v4 (2026-02-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra60dbc4591e44993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50e5a0023731411f94750d5cf3fe18bf.psmdcp" Id="Ra82b06b4397242d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6e89f6156d849e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a7549eedbd174d1eb2b672d7cb64dcc9.psmdcp" Id="R71f414227c7d42ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="PendingAwards" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Athlete Name</x:t>
   </x:si>
   <x:si>
     <x:t>Award Type</x:t>
   </x:si>
   <x:si>