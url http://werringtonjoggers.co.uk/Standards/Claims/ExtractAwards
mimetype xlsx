--- v4 (2026-02-10)
+++ v5 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6e89f6156d849e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a7549eedbd174d1eb2b672d7cb64dcc9.psmdcp" Id="R71f414227c7d42ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c6aa61eaf244c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9bf7605b1ea34d8bb1d4450bc3a8c1ef.psmdcp" Id="Rdcada7c12a994888" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="PendingAwards" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Athlete Name</x:t>
   </x:si>
   <x:si>
     <x:t>Award Type</x:t>
   </x:si>
   <x:si>