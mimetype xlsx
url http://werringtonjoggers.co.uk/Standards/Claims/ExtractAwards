--- v5 (2026-03-03)
+++ v6 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c6aa61eaf244c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9bf7605b1ea34d8bb1d4450bc3a8c1ef.psmdcp" Id="Rdcada7c12a994888" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R256481b70e464fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50a4b666725145b48bc2ce792155fbf3.psmdcp" Id="Rf9fa4bcd153242f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="PendingAwards" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Athlete Name</x:t>
   </x:si>
   <x:si>
     <x:t>Award Type</x:t>
   </x:si>
   <x:si>