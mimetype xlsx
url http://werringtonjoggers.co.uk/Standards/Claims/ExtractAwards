--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -1,105 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R256481b70e464fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50a4b666725145b48bc2ce792155fbf3.psmdcp" Id="Rf9fa4bcd153242f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff6ac4b278e94fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1926609aa84a42af8f7c860f70eb0fec.psmdcp" Id="Rb1cbefc2d433402a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="PendingAwards" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>Athlete Name</x:t>
   </x:si>
   <x:si>
     <x:t>Award Type</x:t>
   </x:si>
   <x:si>
     <x:t>Inscription</x:t>
   </x:si>
   <x:si>
     <x:t>Henry Jarvis</x:t>
   </x:si>
   <x:si>
     <x:t>Diamond</x:t>
   </x:si>
   <x:si>
     <x:t>HENRY JARVIS
 Club Standard
 Diamond
 Senior Men</x:t>
   </x:si>
   <x:si>
     <x:t>Jonathan Parrish</x:t>
   </x:si>
   <x:si>
     <x:t>JONATHAN PARRISH
 Club Standard
 Diamond
 Senior Men</x:t>
   </x:si>
   <x:si>
     <x:t>Emily Cashin</x:t>
   </x:si>
   <x:si>
     <x:t>Challenge</x:t>
   </x:si>
   <x:si>
     <x:t>EMILY CASHIN
 Club Standard
 Challenge
 Senior Ladies</x:t>
   </x:si>
   <x:si>
+    <x:t>Mark McCarthy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silver</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARK MCCARTHY
+Club Standard
+Silver
+Senior Men</x:t>
+  </x:si>
+  <x:si>
     <x:t>Samantha Reeve</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Silver</x:t>
   </x:si>
   <x:si>
     <x:t>SAMANTHA REEVE
 Club Standard
 Silver
 LV35</x:t>
   </x:si>
   <x:si>
     <x:t>Angie Cox</x:t>
   </x:si>
   <x:si>
     <x:t>Gold</x:t>
   </x:si>
   <x:si>
     <x:t>ANGIE COX
 Club Standard
 Gold
 LV45</x:t>
   </x:si>
   <x:si>
     <x:t>Clarie Swindale</x:t>
   </x:si>
   <x:si>
     <x:t>CLARIE SWINDALE
 Club Standard
@@ -131,50 +140,59 @@
     <x:t>Platinum</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> MARTIN STEVENS
 Club Standard
 Platinum
 MV50</x:t>
   </x:si>
   <x:si>
     <x:t>Hamlyn, Phillip</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> PHILLIP HAMLYN
 Club Standard
 Diamond
 MV55</x:t>
   </x:si>
   <x:si>
     <x:t>Emma Wiles</x:t>
   </x:si>
   <x:si>
     <x:t>EMMA WILES
 Club Standard
 Silver
 LV50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chas Campen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHAS CAMPEN
+Club Standard
+Gold
+MV55</x:t>
   </x:si>
   <x:si>
     <x:t>Richard Gamman</x:t>
   </x:si>
   <x:si>
     <x:t>RICHARD GAMMAN
 Club Standard
 Platinum
 MV55</x:t>
   </x:si>
   <x:si>
     <x:t>Leon Benoiton</x:t>
   </x:si>
   <x:si>
     <x:t>Bronze</x:t>
   </x:si>
   <x:si>
     <x:t>LEON BENOITON
 Club Standard
 Bronze
 MV55</x:t>
   </x:si>
   <x:si>
     <x:t>Samantha Pitchford</x:t>
   </x:si>
@@ -575,51 +593,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C21"/>
+  <x:dimension ref="A1:C23"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="80.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
@@ -645,216 +663,238 @@
         <x:v>8</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C6" s="1" t="s">
         <x:v>15</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
         <x:v>17</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>24</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="B15" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C15" s="1" t="s">
+    </x:row>
+    <x:row r="16" spans="1:3">
+      <x:c r="A16" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
-    </x:row>
-    <x:row r="16" spans="1:3">
       <x:c r="B16" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>4</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
-      <x:c r="A18" s="0" t="s">
+      <x:c r="B18" s="0" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:3">
+      <x:c r="A22" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:3">
+      <x:c r="A23" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>